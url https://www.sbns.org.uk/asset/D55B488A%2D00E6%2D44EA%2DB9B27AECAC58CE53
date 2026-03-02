--- v0 (2026-01-20)
+++ v1 (2026-03-02)
@@ -883,93 +883,68 @@
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Funding</w:t>
       </w:r>
       <w:r w:rsidR="001E7310" w:rsidRPr="00CC78C2">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> and salary</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC78C2">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4ED77900" w14:textId="77913995" w:rsidR="005D0037" w:rsidRPr="00CC78C2" w:rsidRDefault="001E7310" w:rsidP="00A42CFD">
-[...15 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+    <w:p w14:paraId="3B49D73B" w14:textId="4A31CBC2" w:rsidR="005D0037" w:rsidRPr="0037201D" w:rsidRDefault="0037201D" w:rsidP="005D0037">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This post is not automatically funded but the SBNS will usually provide sufficient financial support. Applicants are also encouraged to seek alternatives sources of funding. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D0037">
+        <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A42CFD" w:rsidRPr="00CC78C2">
-[...20 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="65535D48" w14:textId="38F6A73A" w:rsidR="0003311A" w:rsidRPr="00A42CFD" w:rsidRDefault="00A42CFD" w:rsidP="00A42CFD">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C05894">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Selection</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6000DDDC" w14:textId="5101BB0C" w:rsidR="00A42CFD" w:rsidRDefault="00A42CFD" w:rsidP="00A42CFD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Please also see the selection criteria document for shortlisting criteria</w:t>
@@ -1615,61 +1590,61 @@
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">ST </w:t>
       </w:r>
       <w:r w:rsidR="003148CB">
         <w:t>Jan 2026</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="009368B4" w:rsidRPr="0003311A">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="24795D39" w14:textId="77777777" w:rsidR="002B5D40" w:rsidRDefault="002B5D40" w:rsidP="00B42A5D">
+    <w:p w14:paraId="440BA8FF" w14:textId="77777777" w:rsidR="00596CAF" w:rsidRDefault="00596CAF" w:rsidP="00B42A5D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3C08E42F" w14:textId="77777777" w:rsidR="002B5D40" w:rsidRDefault="002B5D40" w:rsidP="00B42A5D">
+    <w:p w14:paraId="720F886B" w14:textId="77777777" w:rsidR="00596CAF" w:rsidRDefault="00596CAF" w:rsidP="00B42A5D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -1700,61 +1675,61 @@
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2C27D767" w14:textId="77777777" w:rsidR="002B5D40" w:rsidRDefault="002B5D40" w:rsidP="00B42A5D">
+    <w:p w14:paraId="49CA6732" w14:textId="77777777" w:rsidR="00596CAF" w:rsidRDefault="00596CAF" w:rsidP="00B42A5D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="241F3632" w14:textId="77777777" w:rsidR="002B5D40" w:rsidRDefault="002B5D40" w:rsidP="00B42A5D">
+    <w:p w14:paraId="2B2C696B" w14:textId="77777777" w:rsidR="00596CAF" w:rsidRDefault="00596CAF" w:rsidP="00B42A5D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="16171C4C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6B90EF1E"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -2395,71 +2370,74 @@
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0003311A"/>
     <w:rsid w:val="0003311A"/>
     <w:rsid w:val="000D73CB"/>
     <w:rsid w:val="001523EE"/>
     <w:rsid w:val="00161C98"/>
     <w:rsid w:val="001824A8"/>
     <w:rsid w:val="001860D6"/>
     <w:rsid w:val="001B3FAF"/>
     <w:rsid w:val="001E60FF"/>
     <w:rsid w:val="001E7310"/>
     <w:rsid w:val="00252F70"/>
     <w:rsid w:val="00290384"/>
     <w:rsid w:val="002B5D40"/>
     <w:rsid w:val="002F69BF"/>
     <w:rsid w:val="003148CB"/>
+    <w:rsid w:val="0037201D"/>
     <w:rsid w:val="00393432"/>
     <w:rsid w:val="004254B7"/>
     <w:rsid w:val="00485118"/>
     <w:rsid w:val="004C1FB6"/>
+    <w:rsid w:val="00596CAF"/>
     <w:rsid w:val="005D0037"/>
     <w:rsid w:val="005F4CDF"/>
     <w:rsid w:val="006478D0"/>
     <w:rsid w:val="00665A5D"/>
     <w:rsid w:val="00666AA0"/>
     <w:rsid w:val="006748DC"/>
     <w:rsid w:val="006D2FA2"/>
     <w:rsid w:val="00701BC8"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="00733717"/>
     <w:rsid w:val="00743666"/>
     <w:rsid w:val="0077449D"/>
     <w:rsid w:val="00810F95"/>
     <w:rsid w:val="00811CDF"/>
     <w:rsid w:val="00833A09"/>
     <w:rsid w:val="008416A4"/>
     <w:rsid w:val="008D37AE"/>
+    <w:rsid w:val="008E0766"/>
     <w:rsid w:val="008E4416"/>
     <w:rsid w:val="009368B4"/>
     <w:rsid w:val="00980D54"/>
     <w:rsid w:val="009B3CDF"/>
     <w:rsid w:val="00A42CFD"/>
     <w:rsid w:val="00A43DD1"/>
     <w:rsid w:val="00A5699A"/>
     <w:rsid w:val="00AA5DD7"/>
     <w:rsid w:val="00B42A5D"/>
     <w:rsid w:val="00B45F02"/>
     <w:rsid w:val="00B82C27"/>
     <w:rsid w:val="00C05894"/>
     <w:rsid w:val="00C739BA"/>
     <w:rsid w:val="00CC78C2"/>
     <w:rsid w:val="00CE7FE1"/>
     <w:rsid w:val="00D76343"/>
     <w:rsid w:val="00DA7D59"/>
     <w:rsid w:val="00DB747B"/>
     <w:rsid w:val="00DF08EB"/>
     <w:rsid w:val="00E030E9"/>
     <w:rsid w:val="00E34898"/>
     <w:rsid w:val="00E36AFB"/>
     <w:rsid w:val="00E46F71"/>
     <w:rsid w:val="00E51034"/>
     <w:rsid w:val="00E52BC9"/>
@@ -4004,69 +3982,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>598</Words>
-  <Characters>3414</Characters>
+  <Words>601</Words>
+  <Characters>3473</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>8</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>82</Lines>
+  <Paragraphs>31</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4004</CharactersWithSpaces>
+  <CharactersWithSpaces>4043</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Simon Thomson</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>