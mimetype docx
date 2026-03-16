--- v0 (2026-02-03)
+++ v1 (2026-03-16)
@@ -8,182 +8,194 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="77C2F340" w14:textId="77777777" w:rsidR="0003311A" w:rsidRDefault="0003311A" w:rsidP="0003311A">
       <w:pPr>
         <w:pStyle w:val="BodyA"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0F3A99A2" w14:textId="77777777" w:rsidR="0003311A" w:rsidRDefault="0003311A" w:rsidP="0003311A">
       <w:pPr>
         <w:pStyle w:val="BodyA"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="53593E29" w14:textId="77777777" w:rsidR="0003311A" w:rsidRDefault="0003311A" w:rsidP="0003311A">
       <w:pPr>
         <w:pStyle w:val="BodyA"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5B3E7393" w14:textId="77777777" w:rsidR="0003311A" w:rsidRDefault="0003311A" w:rsidP="0003311A">
       <w:pPr>
         <w:pStyle w:val="BodyA"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="345E52EC" w14:textId="77777777" w:rsidR="0003311A" w:rsidRDefault="0003311A" w:rsidP="0003311A">
       <w:pPr>
         <w:pStyle w:val="BodyA"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="12C25211" w14:textId="77777777" w:rsidR="0003311A" w:rsidRDefault="0003311A" w:rsidP="0003311A">
       <w:pPr>
         <w:pStyle w:val="BodyA"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="15EED1C3" w14:textId="77777777" w:rsidR="0003311A" w:rsidRDefault="0003311A" w:rsidP="0003311A">
       <w:pPr>
         <w:pStyle w:val="BodyA"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="28F17832" w14:textId="77777777" w:rsidR="0003311A" w:rsidRDefault="0003311A" w:rsidP="0003311A">
       <w:pPr>
         <w:pStyle w:val="BodyA"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="67F29C14" w14:textId="77777777" w:rsidR="0003311A" w:rsidRDefault="0003311A" w:rsidP="0003311A">
       <w:pPr>
         <w:pStyle w:val="BodyA"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6C5D2430" w14:textId="77777777" w:rsidR="0003311A" w:rsidRDefault="0003311A" w:rsidP="0003311A">
       <w:pPr>
         <w:pStyle w:val="BodyA"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="24AA5F6F" w14:textId="77777777" w:rsidR="0003311A" w:rsidRDefault="0003311A" w:rsidP="0003311A">
       <w:pPr>
         <w:pStyle w:val="BodyA"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="45E27968" w14:textId="77777777" w:rsidR="0003311A" w:rsidRDefault="0003311A" w:rsidP="0003311A">
       <w:pPr>
         <w:pStyle w:val="BodyA"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="27C5D816" w14:textId="2EA59761" w:rsidR="0003311A" w:rsidRDefault="005D0037" w:rsidP="005D0037">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D0037">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Arial Unicode MS" w:hAnsi="Helvetica Neue" w:cs="Arial Unicode MS"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
@@ -377,131 +389,229 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C05894">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Background</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42F337D4" w14:textId="77DB4184" w:rsidR="005D0037" w:rsidRPr="005D0037" w:rsidRDefault="005D0037" w:rsidP="005D0037">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D0037">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Jamaica is the largest English-speaking country in the Caribbean. The history of medicine in Jamaica is intertwined with the UK. Until the 1940s, the majority of medical doctors in Jamaica were British expatriates, some Jamaican doctors who were trained in the UK and a small number of American trained doctors.</w:t>
+        <w:t xml:space="preserve">Jamaica is the largest English-speaking country in the Caribbean. The history of medicine in Jamaica is intertwined with the UK. Until the 1940s, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005D0037">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>the majority of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005D0037">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> medical doctors in Jamaica were British expatriates, some Jamaican doctors who were trained in the UK and a small number of American trained doctors.</w:t>
       </w:r>
       <w:r w:rsidR="00C05894">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="005D0037">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>There was no local training for medical doctors until the University of London established their University College in Mona, Jamaica in 1948 with the admission of three students to the Faculty of Medicine (the only faculty at the time). This later became the University of the West Indies (UWI), which has expanded significantly with the establishment of many faculties and campuses throughout the Caribbean. The medical faculty now has seven faculties across the Caribbean offering several undergraduate and post graduate programmes.</w:t>
+        <w:t xml:space="preserve">There was no local training for medical doctors until the University of London established their University College in Mona, Jamaica in 1948 with the admission of three students to the Faculty of Medicine (the only faculty at the time). This later became the University of the West Indies (UWI), which has expanded significantly with the establishment of many faculties and campuses throughout the Caribbean. The medical faculty now has seven faculties across the Caribbean offering several undergraduate and post graduate </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D0037">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>programmes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D0037">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07B18E18" w14:textId="77777777" w:rsidR="005D0037" w:rsidRPr="005D0037" w:rsidRDefault="005D0037" w:rsidP="005D0037">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="41A4EC89" w14:textId="48B6AA65" w:rsidR="005D0037" w:rsidRPr="00C05894" w:rsidRDefault="00C05894" w:rsidP="005D0037">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C05894">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Neurosurgery in Kingston, Jamaica</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D75F2A1" w14:textId="56CE6085" w:rsidR="005D0037" w:rsidRPr="005D0037" w:rsidRDefault="00C05894" w:rsidP="005D0037">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="005D0037" w:rsidRPr="005D0037">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>here are currently 10 trained neurosurgeons in full-time hospital practice serving a population of three million. There are surgeons with special interests in paediatrics, skull-base, minimally invasive spine, vascular and endovascular surgery.</w:t>
+        <w:t xml:space="preserve">here are currently 10 trained neurosurgeons in full-time hospital practice serving a population of three million. There are surgeons with special interests in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005D0037" w:rsidRPr="005D0037">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>paediatrics</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005D0037" w:rsidRPr="005D0037">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>, skull-base, minimally invasive spine, vascular and endovascular surgery.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">  Jamaican</w:t>
       </w:r>
       <w:r w:rsidR="005D0037" w:rsidRPr="005D0037">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> trainees are expected to be good general neurosurgeons in the first instance who then develop sub-specialty interests in endovascular surgery, oncology, paediatrics, complex spine and functional neurosurgery.</w:t>
+        <w:t xml:space="preserve"> trainees are expected to be good general neurosurgeons in the first instance who then develop sub-specialty interests in endovascular surgery, oncology, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005D0037" w:rsidRPr="005D0037">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>paediatrics</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005D0037" w:rsidRPr="005D0037">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>, complex spine and functional neurosurgery.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45316463" w14:textId="084CC00C" w:rsidR="00C05894" w:rsidRPr="005D0037" w:rsidRDefault="005D0037" w:rsidP="00C05894">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D0037">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">UWI training parallels the UK programme. In the first 2 years, the candidate is exposed to a range of surgical disciplines while being immersed in basic surgical sciences and thereafter commences specialist training in neurosurgery. As part of the training, candidates are required to undertake an overseas elective (one to two years) prior to completion of the programme. </w:t>
+        <w:t xml:space="preserve">UWI training parallels the UK </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D0037">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>programme</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D0037">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. In the first 2 years, the candidate is exposed to a range of surgical disciplines while being immersed in basic surgical sciences and thereafter commences specialist training in neurosurgery. As part of the training, candidates are required to undertake an overseas </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005D0037">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>elective</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005D0037">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (one to two years) prior to completion of the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D0037">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>programme</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D0037">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="780BF947" w14:textId="2DE6E9C1" w:rsidR="005D0037" w:rsidRPr="005D0037" w:rsidRDefault="005D0037" w:rsidP="005D0037">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7E671F96" w14:textId="77777777" w:rsidR="005D0037" w:rsidRPr="005D0037" w:rsidRDefault="005D0037" w:rsidP="005D0037">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5533B500" w14:textId="457FE600" w:rsidR="005D0037" w:rsidRPr="005D0037" w:rsidRDefault="005D0037" w:rsidP="005D0037">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C05894">
         <w:rPr>
           <w:b/>
@@ -525,69 +635,133 @@
         <w:t xml:space="preserve">Jamaica’s population is 3 million. Neurosurgical units are present at the University Hospital of the West Indies, Kingston Public Hospital, Bustamante Hospital for Children and the Cornwall Regional Hospital. Trainees would have wide exposure to general neurosurgery and especially to trauma. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7869CC2F" w14:textId="7FD329BE" w:rsidR="005D0037" w:rsidRPr="005D0037" w:rsidRDefault="005D0037" w:rsidP="005D0037">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D0037">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Trainees w</w:t>
       </w:r>
       <w:r w:rsidR="00C05894">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ill</w:t>
       </w:r>
       <w:r w:rsidRPr="005D0037">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> have the opportunity to participate in 4 elective surgical (3 adult and 1 paediatric) lists per week. They </w:t>
+        <w:t xml:space="preserve"> have the opportunity to participate in 4 elective surgical (3 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005D0037">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>adult</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005D0037">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and 1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D0037">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>paediatric</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D0037">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) lists per week. They </w:t>
       </w:r>
       <w:r w:rsidR="00C05894">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>will</w:t>
       </w:r>
       <w:r w:rsidRPr="005D0037">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> have a wide exposure to general neurosurgery including tumours, vascular, general and minimally invasive spine, skull-base and endoscopic surgery. There is a daily emergency list, the majority being trauma related (intracranial haematomas, cranial </w:t>
-      </w:r>
+        <w:t xml:space="preserve"> have a wide exposure to general neurosurgery including </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D0037">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tumours</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D0037">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, vascular, general and minimally invasive spine, skull-base and endoscopic surgery. There is a daily emergency list, the majority being trauma related (intracranial </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D0037">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>haematomas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D0037">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, cranial </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C05894">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>gun shot wounds</w:t>
+        <w:t>gun shot</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C05894">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> wounds</w:t>
       </w:r>
       <w:r w:rsidRPr="005D0037">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>, depressed skull fracture</w:t>
       </w:r>
       <w:r w:rsidR="00C05894">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="005D0037">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004C1FB6" w:rsidRPr="005D0037">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>etc.</w:t>
       </w:r>
@@ -631,51 +805,65 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C05894">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Research opportunities</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="398D68D4" w14:textId="16916FAE" w:rsidR="005D0037" w:rsidRDefault="005D0037" w:rsidP="005D0037">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D0037">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>There are numerous opportunities for clinical research for motivated trainees. There is strong support to establish a Caribbean wide Neuro-trauma registry whilst research in cranial trauma, hydrocephalus, spinal dysraphism, CNS infection and cerebral tumours would all be highly encouraged.</w:t>
+        <w:t xml:space="preserve">There are numerous opportunities for clinical research for motivated trainees. There is strong support to establish a Caribbean wide Neuro-trauma registry whilst research in cranial trauma, hydrocephalus, spinal dysraphism, CNS infection and cerebral </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D0037">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tumours</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D0037">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> would all be highly encouraged.</w:t>
       </w:r>
       <w:r w:rsidR="00C05894">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">  The global traumatic brain injury registry is also likely to be an available project.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54F54E34" w14:textId="77777777" w:rsidR="001E7310" w:rsidRPr="005D0037" w:rsidRDefault="001E7310" w:rsidP="005D0037">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="00FB56AD" w14:textId="77777777" w:rsidR="005D0037" w:rsidRPr="001E7310" w:rsidRDefault="005D0037" w:rsidP="005D0037">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E7310">
         <w:rPr>
@@ -717,73 +905,67 @@
       <w:r w:rsidRPr="001E7310">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Funding</w:t>
       </w:r>
       <w:r w:rsidR="001E7310">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> and salary</w:t>
       </w:r>
       <w:r w:rsidRPr="001E7310">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4ED77900" w14:textId="77913995" w:rsidR="005D0037" w:rsidRPr="005D0037" w:rsidRDefault="001E7310" w:rsidP="00A42CFD">
-[...21 lines deleted...]
-        <w:t>Applicants are encouraged to seek alternative sources of funding.</w:t>
+    <w:p w14:paraId="4ED77900" w14:textId="226F6714" w:rsidR="005D0037" w:rsidRPr="005D0037" w:rsidRDefault="001E7310" w:rsidP="00A42CFD">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>This post is</w:t>
+      </w:r>
+      <w:r w:rsidR="0017065D">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> not automatically funded but the SBNS will usually provide sufficient financial support. Applicants are also encouraged to seek alternatives sources of funding. </w:t>
       </w:r>
       <w:r w:rsidR="005D0037" w:rsidRPr="005D0037">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B49D73B" w14:textId="77777777" w:rsidR="005D0037" w:rsidRPr="005D0037" w:rsidRDefault="005D0037" w:rsidP="005D0037">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="65535D48" w14:textId="38F6A73A" w:rsidR="0003311A" w:rsidRPr="00A42CFD" w:rsidRDefault="00A42CFD" w:rsidP="00A42CFD">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C05894">
         <w:rPr>
@@ -853,52 +1035,57 @@
     </w:p>
     <w:p w14:paraId="5AD1D9D1" w14:textId="39C8B9C1" w:rsidR="00833A09" w:rsidRDefault="00A42CFD" w:rsidP="00A42CFD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Applicants with an NTN must</w:t>
       </w:r>
       <w:r w:rsidR="00A43DD1">
         <w:t xml:space="preserve"> have</w:t>
       </w:r>
       <w:r w:rsidR="0003311A">
         <w:t xml:space="preserve"> prospective approval from</w:t>
       </w:r>
       <w:r w:rsidR="009B3CDF">
         <w:t xml:space="preserve"> their </w:t>
       </w:r>
       <w:r w:rsidR="00A43DD1">
         <w:t xml:space="preserve">local </w:t>
       </w:r>
       <w:r w:rsidR="009B3CDF">
-        <w:t>deanery or School of Surgery. (ie</w:t>
-      </w:r>
+        <w:t>deanery or School of Surgery. (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009B3CDF">
+        <w:t>ie</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0003311A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E57AFD">
         <w:t xml:space="preserve">Health Education England, </w:t>
       </w:r>
       <w:r w:rsidR="009B3CDF">
         <w:t xml:space="preserve">NHS </w:t>
       </w:r>
       <w:r w:rsidR="00A43DD1">
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="009B3CDF">
         <w:t xml:space="preserve">ducation for Scotland or Health </w:t>
       </w:r>
       <w:r w:rsidR="00A43DD1">
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="009B3CDF">
         <w:t xml:space="preserve">ducation and </w:t>
       </w:r>
       <w:r w:rsidR="00A43DD1">
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="009B3CDF">
@@ -1333,61 +1520,61 @@
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Revised </w:t>
       </w:r>
       <w:r w:rsidR="002A7AC2">
         <w:t>Jan 2026</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="002A7AC2" w:rsidRPr="0003311A">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="59AA5AD9" w14:textId="77777777" w:rsidR="008807F5" w:rsidRDefault="008807F5" w:rsidP="00B42A5D">
+    <w:p w14:paraId="0CA85B87" w14:textId="77777777" w:rsidR="00903B5E" w:rsidRDefault="00903B5E" w:rsidP="00B42A5D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="08720BFE" w14:textId="77777777" w:rsidR="008807F5" w:rsidRDefault="008807F5" w:rsidP="00B42A5D">
+    <w:p w14:paraId="78F7D26D" w14:textId="77777777" w:rsidR="00903B5E" w:rsidRDefault="00903B5E" w:rsidP="00B42A5D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -1418,61 +1605,61 @@
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="683DEDF7" w14:textId="77777777" w:rsidR="008807F5" w:rsidRDefault="008807F5" w:rsidP="00B42A5D">
+    <w:p w14:paraId="45D6F126" w14:textId="77777777" w:rsidR="00903B5E" w:rsidRDefault="00903B5E" w:rsidP="00B42A5D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="47722787" w14:textId="77777777" w:rsidR="008807F5" w:rsidRDefault="008807F5" w:rsidP="00B42A5D">
+    <w:p w14:paraId="035D0456" w14:textId="77777777" w:rsidR="00903B5E" w:rsidRDefault="00903B5E" w:rsidP="00B42A5D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="16171C4C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6B90EF1E"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -1983,100 +2170,104 @@
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1122503125">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1592466895">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="558639767">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="803695214">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1302005572">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1179545754">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0003311A"/>
     <w:rsid w:val="0003311A"/>
     <w:rsid w:val="000D73CB"/>
     <w:rsid w:val="000F18F4"/>
+    <w:rsid w:val="0017065D"/>
     <w:rsid w:val="001B3FAF"/>
     <w:rsid w:val="001E60FF"/>
     <w:rsid w:val="001E7310"/>
     <w:rsid w:val="00252F70"/>
     <w:rsid w:val="002A7AC2"/>
     <w:rsid w:val="002F69BF"/>
     <w:rsid w:val="00301E4E"/>
     <w:rsid w:val="00393432"/>
     <w:rsid w:val="004254B7"/>
     <w:rsid w:val="0046261E"/>
     <w:rsid w:val="004C1FB6"/>
     <w:rsid w:val="005D0037"/>
     <w:rsid w:val="005F4CDF"/>
     <w:rsid w:val="006748DC"/>
     <w:rsid w:val="006D2FA2"/>
     <w:rsid w:val="00701BC8"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="00733717"/>
     <w:rsid w:val="0077449D"/>
     <w:rsid w:val="00811CDF"/>
     <w:rsid w:val="00820CE2"/>
     <w:rsid w:val="00833A09"/>
     <w:rsid w:val="008807F5"/>
+    <w:rsid w:val="008E0766"/>
     <w:rsid w:val="008F7C68"/>
+    <w:rsid w:val="00903B5E"/>
     <w:rsid w:val="009368B4"/>
     <w:rsid w:val="00980D54"/>
     <w:rsid w:val="009B3CDF"/>
     <w:rsid w:val="00A42CFD"/>
     <w:rsid w:val="00A43DD1"/>
     <w:rsid w:val="00A5699A"/>
     <w:rsid w:val="00AA5DD7"/>
     <w:rsid w:val="00B42A5D"/>
     <w:rsid w:val="00C05894"/>
     <w:rsid w:val="00C739BA"/>
     <w:rsid w:val="00CB2015"/>
     <w:rsid w:val="00D76343"/>
     <w:rsid w:val="00DA7D59"/>
     <w:rsid w:val="00DC4F0E"/>
     <w:rsid w:val="00E030E9"/>
     <w:rsid w:val="00E36AFB"/>
     <w:rsid w:val="00E46F71"/>
     <w:rsid w:val="00E51034"/>
     <w:rsid w:val="00E544C9"/>
     <w:rsid w:val="00E57AFD"/>
     <w:rsid w:val="00E70F83"/>
     <w:rsid w:val="00E87465"/>
     <w:rsid w:val="00F238A4"/>
     <w:rsid w:val="00FF0E77"/>
   </w:rsids>
@@ -3038,69 +3229,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>812</Words>
-  <Characters>4632</Characters>
+  <Words>813</Words>
+  <Characters>4694</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>38</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>111</Lines>
+  <Paragraphs>42</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5434</CharactersWithSpaces>
+  <CharactersWithSpaces>5465</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Simon Thomson</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>